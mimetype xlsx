--- v0 (2025-12-05)
+++ v1 (2026-02-22)
@@ -4,170 +4,170 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://acrpdc.sharepoint.com/sites/Chapters/Shared Documents/3. Chapter Program Management/Chapter Strategy/Centralized Model/New Resources/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://acrpdc.sharepoint.com/sites/Chapters/Shared Documents/5. Chapter Financial Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="382" documentId="8_{8847926F-E4B5-4BDC-851A-B5C9A4789C0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{26C341DC-F509-4B4B-9FC7-0FEE7C515C73}"/>
+  <xr:revisionPtr revIDLastSave="420" documentId="8_{8847926F-E4B5-4BDC-851A-B5C9A4789C0C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{358CF409-C641-43C6-818E-5E1172257056}"/>
   <bookViews>
-    <workbookView xWindow="29025" yWindow="330" windowWidth="26625" windowHeight="14790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28995" yWindow="285" windowWidth="23895" windowHeight="12390" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Chapter Expense Report" sheetId="2" r:id="rId1"/>
     <sheet name="Chapter Expense Report (Sample)" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M24" i="4" l="1"/>
+  <c r="I13" i="2" l="1"/>
+  <c r="M24" i="4"/>
   <c r="I24" i="4"/>
   <c r="N24" i="4" s="1"/>
   <c r="M23" i="4"/>
   <c r="I23" i="4"/>
   <c r="N23" i="4" s="1"/>
   <c r="M22" i="4"/>
   <c r="I22" i="4"/>
   <c r="N22" i="4" s="1"/>
   <c r="M21" i="4"/>
   <c r="I21" i="4"/>
   <c r="N21" i="4" s="1"/>
   <c r="M20" i="4"/>
   <c r="I20" i="4"/>
   <c r="N20" i="4" s="1"/>
   <c r="M19" i="4"/>
   <c r="N19" i="4" s="1"/>
   <c r="I19" i="4"/>
   <c r="M18" i="4"/>
   <c r="I18" i="4"/>
   <c r="N18" i="4" s="1"/>
   <c r="M17" i="4"/>
   <c r="I17" i="4"/>
   <c r="N17" i="4" s="1"/>
   <c r="M16" i="4"/>
   <c r="I16" i="4"/>
   <c r="N16" i="4" s="1"/>
   <c r="M15" i="4"/>
   <c r="I15" i="4"/>
   <c r="N15" i="4" s="1"/>
   <c r="M14" i="4"/>
   <c r="I14" i="4"/>
   <c r="N14" i="4" s="1"/>
   <c r="M13" i="4"/>
   <c r="I13" i="4"/>
   <c r="N13" i="4" s="1"/>
   <c r="E5" i="4"/>
   <c r="I24" i="2"/>
   <c r="I23" i="2"/>
   <c r="I22" i="2"/>
   <c r="I21" i="2"/>
   <c r="I20" i="2"/>
   <c r="I19" i="2"/>
   <c r="I18" i="2"/>
   <c r="I17" i="2"/>
   <c r="I16" i="2"/>
   <c r="I15" i="2"/>
   <c r="I14" i="2"/>
-  <c r="I13" i="2"/>
   <c r="N25" i="4" l="1"/>
   <c r="E7" i="4" s="1"/>
   <c r="M24" i="2"/>
   <c r="M23" i="2"/>
   <c r="M22" i="2"/>
   <c r="M21" i="2"/>
   <c r="M20" i="2"/>
   <c r="M19" i="2"/>
   <c r="M18" i="2"/>
   <c r="M17" i="2"/>
   <c r="M16" i="2"/>
   <c r="M15" i="2"/>
   <c r="M14" i="2"/>
   <c r="M13" i="2"/>
   <c r="E5" i="2"/>
   <c r="N16" i="2" l="1"/>
   <c r="N20" i="2"/>
   <c r="N13" i="2"/>
   <c r="N17" i="2"/>
   <c r="N14" i="2"/>
   <c r="N18" i="2"/>
   <c r="N21" i="2"/>
   <c r="N23" i="2"/>
   <c r="N15" i="2"/>
   <c r="N22" i="2"/>
   <c r="N24" i="2"/>
   <c r="N19" i="2"/>
   <c r="N25" i="2" l="1"/>
   <c r="E7" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="53">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Per Mile Reimbursement</t>
   </si>
   <si>
     <t>Date Submitted</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Total Reimbursement Due</t>
   </si>
   <si>
     <t>Authorized by</t>
   </si>
   <si>
     <t>Description of Expense</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
@@ -322,63 +322,105 @@
   </si>
   <si>
     <t>Event Food/Beverages</t>
   </si>
   <si>
     <t>Event raffle</t>
   </si>
   <si>
     <t>Expense Date Range</t>
   </si>
   <si>
     <t>Transportation &amp; Lodging</t>
   </si>
   <si>
     <t>Expenses must be incurred in accordance with the Chapter's Bylaws and ACRP's Expense Reimbursement Policy and will only be reimbursed if the expense report is submitted within 45 days after the event.</t>
   </si>
   <si>
     <t>Parking</t>
   </si>
   <si>
     <t>Amazon Gift Card</t>
   </si>
   <si>
     <t xml:space="preserve">  '- After Chapter approval, submit form and receipts to ACRP via email. Please title the email "CHAPTER NAME- Reimbursement Request". You will receive updates on your reimbursement from bill.com. Reimbursements can expect to be completed in two weeks. </t>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Personal Addres </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(to receive paper check if applicable)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Email Address</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(to receive communications from bill.com about payment)</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0.000_);_(&quot;$&quot;* \(#,##0.000\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -430,50 +472,56 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color theme="5" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color theme="5"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -866,51 +914,51 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
@@ -1049,197 +1097,203 @@
     </xf>
     <xf numFmtId="44" fontId="6" fillId="2" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="2" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...78 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="8">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
     <cellStyle name="Normal_Sheet1" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
@@ -1511,306 +1565,307 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oanda.com/convert/fxhistory" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oanda.com/convert/fxhistory" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="P18" sqref="P18"/>
+      <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.5546875" style="33" customWidth="1"/>
+    <col min="1" max="1" width="22.33203125" style="33" customWidth="1"/>
     <col min="2" max="2" width="36.109375" style="33" customWidth="1"/>
     <col min="3" max="3" width="14" style="33" customWidth="1"/>
-    <col min="4" max="7" width="12.6640625" style="33" customWidth="1"/>
+    <col min="4" max="4" width="21.33203125" style="33" bestFit="1" customWidth="1"/>
+    <col min="5" max="7" width="12.6640625" style="33" customWidth="1"/>
     <col min="8" max="8" width="9.6640625" style="33" customWidth="1"/>
     <col min="9" max="9" width="10.6640625" style="33" customWidth="1"/>
     <col min="10" max="10" width="12" style="33" customWidth="1"/>
     <col min="11" max="12" width="10.6640625" style="33" customWidth="1"/>
     <col min="13" max="13" width="8.6640625" style="33" customWidth="1"/>
     <col min="14" max="14" width="10.6640625" style="33" customWidth="1"/>
     <col min="15" max="16384" width="8.88671875" style="33"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="3" customFormat="1" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="86" t="s">
+      <c r="A1" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="86"/>
-[...11 lines deleted...]
-      <c r="N1" s="86"/>
+      <c r="B1" s="62"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
     </row>
     <row r="2" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A2" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="60"/>
-      <c r="D2" s="97" t="s">
+      <c r="B2" s="54"/>
+      <c r="D2" s="75" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="53"/>
       <c r="F2" s="45"/>
-      <c r="H2" s="88" t="s">
+      <c r="H2" s="64" t="s">
         <v>26</v>
       </c>
-      <c r="I2" s="88"/>
-[...4 lines deleted...]
-      <c r="N2" s="89"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="65"/>
+      <c r="K2" s="65"/>
+      <c r="L2" s="65"/>
+      <c r="M2" s="65"/>
+      <c r="N2" s="65"/>
     </row>
     <row r="3" spans="1:14" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="48"/>
       <c r="C3" s="6"/>
-      <c r="D3" s="98"/>
+      <c r="D3" s="76"/>
       <c r="E3" s="51">
-        <v>0.67</v>
+        <v>0.72499999999999998</v>
       </c>
       <c r="F3" s="46"/>
       <c r="G3" s="6"/>
-      <c r="H3" s="92" t="s">
+      <c r="H3" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="92"/>
-[...4 lines deleted...]
-      <c r="N3" s="90"/>
+      <c r="I3" s="70"/>
+      <c r="J3" s="66"/>
+      <c r="K3" s="66"/>
+      <c r="L3" s="66"/>
+      <c r="M3" s="66"/>
+      <c r="N3" s="66"/>
     </row>
     <row r="4" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="48"/>
+      <c r="B4" s="60"/>
       <c r="C4" s="2"/>
-      <c r="D4" s="98" t="s">
+      <c r="D4" s="76" t="s">
         <v>45</v>
       </c>
       <c r="E4" s="8"/>
       <c r="F4" s="46"/>
       <c r="G4" s="6"/>
-      <c r="H4" s="92"/>
-[...5 lines deleted...]
-      <c r="N4" s="90"/>
+      <c r="H4" s="70"/>
+      <c r="I4" s="70"/>
+      <c r="J4" s="66"/>
+      <c r="K4" s="66"/>
+      <c r="L4" s="66"/>
+      <c r="M4" s="66"/>
+      <c r="N4" s="66"/>
     </row>
     <row r="5" spans="1:14" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="95"/>
+      <c r="A5" s="69" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" s="73"/>
       <c r="C5" s="6"/>
-      <c r="D5" s="98"/>
-      <c r="E5" s="93" t="str">
+      <c r="D5" s="76"/>
+      <c r="E5" s="71" t="str">
         <f>"From "&amp;TEXT(MIN(A13:A24),"m/d/yy")&amp;" to "&amp;TEXT(MAX(A13:A24),"m/d/yy")</f>
         <v>From 1/0/00 to 1/0/00</v>
       </c>
-      <c r="F5" s="94"/>
+      <c r="F5" s="72"/>
       <c r="G5" s="6"/>
-      <c r="H5" s="92"/>
-[...5 lines deleted...]
-      <c r="N5" s="90"/>
+      <c r="H5" s="70"/>
+      <c r="I5" s="70"/>
+      <c r="J5" s="66"/>
+      <c r="K5" s="66"/>
+      <c r="L5" s="66"/>
+      <c r="M5" s="66"/>
+      <c r="N5" s="66"/>
     </row>
     <row r="6" spans="1:14" s="3" customFormat="1" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="91"/>
-      <c r="B6" s="96"/>
+      <c r="A6" s="69"/>
+      <c r="B6" s="74"/>
       <c r="C6" s="50"/>
-      <c r="D6" s="98" t="s">
+      <c r="D6" s="76" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="46"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="37"/>
       <c r="K6" s="37"/>
       <c r="L6" s="37"/>
       <c r="M6" s="37"/>
       <c r="N6" s="9"/>
     </row>
     <row r="7" spans="1:14" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="91"/>
-      <c r="B7" s="89"/>
+      <c r="A7" s="69"/>
+      <c r="B7" s="74"/>
       <c r="C7" s="6"/>
-      <c r="D7" s="99"/>
+      <c r="D7" s="77"/>
       <c r="E7" s="52">
         <f>N25</f>
         <v>0</v>
       </c>
       <c r="F7" s="47"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="38"/>
       <c r="K7" s="38"/>
       <c r="L7" s="38"/>
       <c r="M7" s="38"/>
       <c r="N7" s="9"/>
     </row>
-    <row r="8" spans="1:14" s="3" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>21</v>
+    <row r="8" spans="1:14" s="3" customFormat="1" ht="33.6" x14ac:dyDescent="0.3">
+      <c r="A8" s="61" t="s">
+        <v>52</v>
       </c>
       <c r="B8" s="49"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
-      <c r="H8" s="101" t="s">
+      <c r="H8" s="79" t="s">
         <v>28</v>
       </c>
-      <c r="I8" s="101"/>
-      <c r="J8" s="100" t="s">
+      <c r="I8" s="79"/>
+      <c r="J8" s="78" t="s">
         <v>27</v>
       </c>
-      <c r="K8" s="100"/>
-[...1 lines deleted...]
-      <c r="M8" s="100"/>
+      <c r="K8" s="78"/>
+      <c r="L8" s="78"/>
+      <c r="M8" s="78"/>
       <c r="N8" s="9"/>
     </row>
     <row r="9" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A9" s="10"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="39"/>
       <c r="K9" s="39"/>
       <c r="L9" s="39"/>
       <c r="M9" s="39"/>
       <c r="N9" s="9"/>
     </row>
     <row r="10" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10"/>
       <c r="C10" s="2"/>
       <c r="N10" s="4"/>
     </row>
     <row r="11" spans="1:14" ht="19.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="81" t="s">
+      <c r="A11" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="B11" s="70" t="s">
+      <c r="B11" s="67" t="s">
         <v>6</v>
       </c>
-      <c r="C11" s="70" t="s">
+      <c r="C11" s="67" t="s">
         <v>46</v>
       </c>
-      <c r="D11" s="102" t="s">
+      <c r="D11" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="103"/>
+      <c r="E11" s="81"/>
       <c r="F11" s="34" t="s">
         <v>42</v>
       </c>
-      <c r="G11" s="102" t="s">
+      <c r="G11" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="103"/>
-      <c r="I11" s="70" t="s">
+      <c r="H11" s="81"/>
+      <c r="I11" s="67" t="s">
         <v>23</v>
       </c>
-      <c r="J11" s="70" t="s">
+      <c r="J11" s="67" t="s">
         <v>24</v>
       </c>
-      <c r="K11" s="72" t="s">
+      <c r="K11" s="86" t="s">
         <v>8</v>
       </c>
-      <c r="L11" s="70" t="s">
+      <c r="L11" s="67" t="s">
         <v>25</v>
       </c>
-      <c r="M11" s="70" t="s">
+      <c r="M11" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="N11" s="74" t="s">
+      <c r="N11" s="88" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:14" s="1" customFormat="1" ht="22.2" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="82"/>
-[...1 lines deleted...]
-      <c r="C12" s="71"/>
+      <c r="A12" s="85"/>
+      <c r="B12" s="68"/>
+      <c r="C12" s="68"/>
       <c r="D12" s="35" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="35" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="35" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="36" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="I12" s="71"/>
-[...4 lines deleted...]
-      <c r="N12" s="75"/>
+      <c r="I12" s="68"/>
+      <c r="J12" s="68"/>
+      <c r="K12" s="87"/>
+      <c r="L12" s="68"/>
+      <c r="M12" s="68"/>
+      <c r="N12" s="89"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="11"/>
       <c r="B13" s="12"/>
       <c r="C13" s="13">
         <v>0</v>
       </c>
       <c r="D13" s="13">
         <v>0</v>
       </c>
       <c r="E13" s="13">
         <v>0</v>
       </c>
       <c r="F13" s="13">
         <v>0</v>
       </c>
       <c r="G13" s="13">
         <v>0</v>
       </c>
       <c r="H13" s="13">
         <v>0</v>
       </c>
       <c r="I13" s="14">
         <f t="shared" ref="I13:I24" si="0">+C13+D13+E13+F13+H13</f>
         <v>0</v>
@@ -2293,276 +2348,276 @@
         <v>1</v>
       </c>
       <c r="L24" s="17">
         <v>0</v>
       </c>
       <c r="M24" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N24" s="23">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="24"/>
       <c r="B25" s="25"/>
       <c r="C25" s="26"/>
       <c r="D25" s="26"/>
       <c r="E25" s="26"/>
       <c r="F25" s="26"/>
       <c r="G25" s="26"/>
       <c r="H25" s="26"/>
       <c r="I25" s="26"/>
       <c r="J25" s="26"/>
-      <c r="K25" s="76" t="s">
+      <c r="K25" s="82" t="s">
         <v>14</v>
       </c>
-      <c r="L25" s="76"/>
-      <c r="M25" s="76"/>
+      <c r="L25" s="82"/>
+      <c r="M25" s="82"/>
       <c r="N25" s="27">
         <f>SUM(N13:N24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A26" s="77"/>
-[...12 lines deleted...]
-      <c r="N26" s="77"/>
+      <c r="A26" s="83"/>
+      <c r="B26" s="83"/>
+      <c r="C26" s="83"/>
+      <c r="D26" s="83"/>
+      <c r="E26" s="83"/>
+      <c r="F26" s="83"/>
+      <c r="G26" s="83"/>
+      <c r="H26" s="83"/>
+      <c r="I26" s="83"/>
+      <c r="J26" s="83"/>
+      <c r="K26" s="83"/>
+      <c r="L26" s="83"/>
+      <c r="M26" s="83"/>
+      <c r="N26" s="83"/>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A27" s="78" t="s">
+      <c r="A27" s="96" t="s">
         <v>15</v>
       </c>
-      <c r="B27" s="79"/>
-[...11 lines deleted...]
-      <c r="N27" s="80"/>
+      <c r="B27" s="97"/>
+      <c r="C27" s="97"/>
+      <c r="D27" s="97"/>
+      <c r="E27" s="97"/>
+      <c r="F27" s="97"/>
+      <c r="G27" s="97"/>
+      <c r="H27" s="97"/>
+      <c r="I27" s="97"/>
+      <c r="J27" s="97"/>
+      <c r="K27" s="97"/>
+      <c r="L27" s="97"/>
+      <c r="M27" s="97"/>
+      <c r="N27" s="98"/>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="83" t="s">
+      <c r="A28" s="90" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="84"/>
-[...11 lines deleted...]
-      <c r="N28" s="85"/>
+      <c r="B28" s="91"/>
+      <c r="C28" s="91"/>
+      <c r="D28" s="91"/>
+      <c r="E28" s="91"/>
+      <c r="F28" s="91"/>
+      <c r="G28" s="91"/>
+      <c r="H28" s="91"/>
+      <c r="I28" s="91"/>
+      <c r="J28" s="91"/>
+      <c r="K28" s="91"/>
+      <c r="L28" s="91"/>
+      <c r="M28" s="91"/>
+      <c r="N28" s="92"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A29" s="65" t="s">
+      <c r="A29" s="93" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="66"/>
-[...11 lines deleted...]
-      <c r="N29" s="67"/>
+      <c r="B29" s="94"/>
+      <c r="C29" s="94"/>
+      <c r="D29" s="94"/>
+      <c r="E29" s="94"/>
+      <c r="F29" s="94"/>
+      <c r="G29" s="94"/>
+      <c r="H29" s="94"/>
+      <c r="I29" s="94"/>
+      <c r="J29" s="94"/>
+      <c r="K29" s="94"/>
+      <c r="L29" s="94"/>
+      <c r="M29" s="94"/>
+      <c r="N29" s="95"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A30" s="65" t="s">
+      <c r="A30" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="B30" s="66"/>
-[...11 lines deleted...]
-      <c r="N30" s="67"/>
+      <c r="B30" s="94"/>
+      <c r="C30" s="94"/>
+      <c r="D30" s="94"/>
+      <c r="E30" s="94"/>
+      <c r="F30" s="94"/>
+      <c r="G30" s="94"/>
+      <c r="H30" s="94"/>
+      <c r="I30" s="94"/>
+      <c r="J30" s="94"/>
+      <c r="K30" s="94"/>
+      <c r="L30" s="94"/>
+      <c r="M30" s="94"/>
+      <c r="N30" s="95"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A31" s="65" t="s">
+      <c r="A31" s="93" t="s">
         <v>16</v>
       </c>
-      <c r="B31" s="66"/>
-[...6 lines deleted...]
-      <c r="I31" s="68" t="s">
+      <c r="B31" s="94"/>
+      <c r="C31" s="94"/>
+      <c r="D31" s="94"/>
+      <c r="E31" s="94"/>
+      <c r="F31" s="94"/>
+      <c r="G31" s="94"/>
+      <c r="H31" s="94"/>
+      <c r="I31" s="103" t="s">
         <v>17</v>
       </c>
-      <c r="J31" s="68"/>
-[...3 lines deleted...]
-      <c r="N31" s="69"/>
+      <c r="J31" s="103"/>
+      <c r="K31" s="103"/>
+      <c r="L31" s="103"/>
+      <c r="M31" s="103"/>
+      <c r="N31" s="104"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A32" s="65" t="s">
+      <c r="A32" s="93" t="s">
         <v>18</v>
       </c>
-      <c r="B32" s="66"/>
-[...11 lines deleted...]
-      <c r="N32" s="67"/>
+      <c r="B32" s="94"/>
+      <c r="C32" s="94"/>
+      <c r="D32" s="94"/>
+      <c r="E32" s="94"/>
+      <c r="F32" s="94"/>
+      <c r="G32" s="94"/>
+      <c r="H32" s="94"/>
+      <c r="I32" s="94"/>
+      <c r="J32" s="94"/>
+      <c r="K32" s="94"/>
+      <c r="L32" s="94"/>
+      <c r="M32" s="94"/>
+      <c r="N32" s="95"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A33" s="65" t="s">
+      <c r="A33" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="66"/>
-[...11 lines deleted...]
-      <c r="N33" s="67"/>
+      <c r="B33" s="94"/>
+      <c r="C33" s="94"/>
+      <c r="D33" s="94"/>
+      <c r="E33" s="94"/>
+      <c r="F33" s="94"/>
+      <c r="G33" s="94"/>
+      <c r="H33" s="94"/>
+      <c r="I33" s="94"/>
+      <c r="J33" s="94"/>
+      <c r="K33" s="94"/>
+      <c r="L33" s="94"/>
+      <c r="M33" s="94"/>
+      <c r="N33" s="95"/>
     </row>
     <row r="34" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="61" t="s">
+      <c r="A34" s="99" t="s">
         <v>50</v>
       </c>
-      <c r="B34" s="62"/>
-[...11 lines deleted...]
-      <c r="N34" s="63"/>
+      <c r="B34" s="100"/>
+      <c r="C34" s="100"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="100"/>
+      <c r="I34" s="100"/>
+      <c r="J34" s="100"/>
+      <c r="K34" s="100"/>
+      <c r="L34" s="100"/>
+      <c r="M34" s="100"/>
+      <c r="N34" s="101"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" s="41"/>
       <c r="B35" s="41"/>
       <c r="C35" s="41"/>
       <c r="D35" s="41"/>
       <c r="E35" s="41"/>
       <c r="F35" s="41"/>
       <c r="G35" s="41"/>
       <c r="H35" s="41"/>
       <c r="I35" s="41"/>
       <c r="J35" s="41"/>
       <c r="K35" s="41"/>
       <c r="L35" s="41"/>
       <c r="M35" s="41"/>
       <c r="N35" s="41"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" s="29"/>
       <c r="B36" s="29"/>
       <c r="C36" s="28"/>
       <c r="D36" s="28"/>
       <c r="E36" s="28"/>
       <c r="F36" s="28"/>
       <c r="G36" s="28"/>
       <c r="H36" s="28"/>
       <c r="I36" s="28"/>
       <c r="J36" s="30"/>
       <c r="K36" s="31"/>
       <c r="L36" s="28"/>
       <c r="M36" s="28"/>
       <c r="N36" s="28"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A37" s="64"/>
-[...3 lines deleted...]
-      <c r="E37" s="64"/>
+      <c r="A37" s="102"/>
+      <c r="B37" s="102"/>
+      <c r="C37" s="102"/>
+      <c r="D37" s="102"/>
+      <c r="E37" s="102"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A38" s="64"/>
-[...3 lines deleted...]
-      <c r="E38" s="64"/>
+      <c r="A38" s="102"/>
+      <c r="B38" s="102"/>
+      <c r="C38" s="102"/>
+      <c r="D38" s="102"/>
+      <c r="E38" s="102"/>
       <c r="F38" s="32"/>
       <c r="G38" s="32"/>
       <c r="H38" s="32"/>
       <c r="I38" s="32"/>
       <c r="J38" s="32"/>
       <c r="K38" s="32"/>
       <c r="L38" s="32"/>
       <c r="M38" s="32"/>
       <c r="N38" s="32"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A39" s="32"/>
       <c r="B39" s="32"/>
       <c r="C39" s="32"/>
       <c r="D39" s="32"/>
       <c r="E39" s="32"/>
       <c r="F39" s="32"/>
       <c r="G39" s="32"/>
       <c r="H39" s="32"/>
       <c r="I39" s="32"/>
       <c r="J39" s="32"/>
       <c r="K39" s="32"/>
       <c r="L39" s="32"/>
       <c r="M39" s="32"/>
       <c r="N39" s="32"/>
@@ -2595,376 +2650,376 @@
       <c r="I41" s="43"/>
       <c r="J41" s="43"/>
       <c r="K41" s="43"/>
       <c r="L41" s="43"/>
       <c r="M41" s="43"/>
       <c r="N41" s="43"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A42" s="44"/>
       <c r="B42" s="28"/>
       <c r="C42" s="28"/>
       <c r="D42" s="28"/>
       <c r="E42" s="28"/>
       <c r="F42" s="28"/>
       <c r="G42" s="28"/>
       <c r="H42" s="28"/>
       <c r="I42" s="28"/>
       <c r="J42" s="28"/>
       <c r="K42" s="28"/>
       <c r="L42" s="28"/>
       <c r="M42" s="28"/>
       <c r="N42" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="36">
+    <mergeCell ref="A28:N28"/>
+    <mergeCell ref="A29:N29"/>
+    <mergeCell ref="A27:N27"/>
+    <mergeCell ref="A34:N34"/>
+    <mergeCell ref="A37:E38"/>
+    <mergeCell ref="A30:N30"/>
+    <mergeCell ref="A31:H31"/>
+    <mergeCell ref="I31:N31"/>
+    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A33:N33"/>
+    <mergeCell ref="K25:M25"/>
+    <mergeCell ref="A26:N26"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="J11:J12"/>
+    <mergeCell ref="K11:K12"/>
+    <mergeCell ref="L11:L12"/>
+    <mergeCell ref="M11:M12"/>
+    <mergeCell ref="N11:N12"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:N2"/>
     <mergeCell ref="J3:N5"/>
     <mergeCell ref="I11:I12"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="H3:I5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="C11:C12"/>
     <mergeCell ref="G11:H11"/>
-    <mergeCell ref="K25:M25"/>
-[...18 lines deleted...]
-    <mergeCell ref="A33:N33"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select Currency" prompt="Please enter the original currency used to pay the epense.  Then enter the average exchange rate on the day the expense was incurred in column M." sqref="J13:J24" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I31" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31EE004D-FA2B-4389-B718-69E2A98208AC}">
   <dimension ref="A1:N42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="R21" sqref="R21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.5546875" style="33" customWidth="1"/>
     <col min="2" max="2" width="36.109375" style="59" customWidth="1"/>
     <col min="3" max="3" width="14" style="33" customWidth="1"/>
     <col min="4" max="4" width="16.5546875" style="33" customWidth="1"/>
     <col min="5" max="7" width="12.6640625" style="33" customWidth="1"/>
     <col min="8" max="8" width="9.6640625" style="33" customWidth="1"/>
     <col min="9" max="9" width="10.6640625" style="33" customWidth="1"/>
     <col min="10" max="10" width="12" style="33" customWidth="1"/>
     <col min="11" max="12" width="10.6640625" style="33" customWidth="1"/>
     <col min="13" max="13" width="8.6640625" style="33" customWidth="1"/>
     <col min="14" max="14" width="10.6640625" style="33" customWidth="1"/>
     <col min="15" max="16384" width="8.88671875" style="33"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="3" customFormat="1" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="86" t="s">
+      <c r="A1" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="86"/>
-[...11 lines deleted...]
-      <c r="N1" s="86"/>
+      <c r="B1" s="62"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
     </row>
     <row r="2" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A2" s="40" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="54">
         <v>45615</v>
       </c>
-      <c r="D2" s="97" t="s">
+      <c r="D2" s="75" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="53"/>
       <c r="F2" s="45"/>
-      <c r="H2" s="88" t="s">
+      <c r="H2" s="64" t="s">
         <v>26</v>
       </c>
-      <c r="I2" s="88"/>
-      <c r="J2" s="104" t="s">
+      <c r="I2" s="64"/>
+      <c r="J2" s="74" t="s">
         <v>35</v>
       </c>
-      <c r="K2" s="104"/>
-[...2 lines deleted...]
-      <c r="N2" s="104"/>
+      <c r="K2" s="74"/>
+      <c r="L2" s="74"/>
+      <c r="M2" s="74"/>
+      <c r="N2" s="74"/>
     </row>
     <row r="3" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="48" t="s">
         <v>32</v>
       </c>
       <c r="C3" s="6"/>
-      <c r="D3" s="98"/>
+      <c r="D3" s="76"/>
       <c r="E3" s="51">
         <v>0.67</v>
       </c>
       <c r="F3" s="46"/>
       <c r="G3" s="6"/>
-      <c r="H3" s="92" t="s">
+      <c r="H3" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="92"/>
-      <c r="J3" s="90" t="s">
+      <c r="I3" s="70"/>
+      <c r="J3" s="66" t="s">
         <v>36</v>
       </c>
-      <c r="K3" s="90"/>
-[...2 lines deleted...]
-      <c r="N3" s="90"/>
+      <c r="K3" s="66"/>
+      <c r="L3" s="66"/>
+      <c r="M3" s="66"/>
+      <c r="N3" s="66"/>
     </row>
     <row r="4" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="48" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="2"/>
-      <c r="D4" s="98" t="s">
+      <c r="D4" s="76" t="s">
         <v>45</v>
       </c>
       <c r="E4" s="8"/>
       <c r="F4" s="46"/>
       <c r="G4" s="6"/>
-      <c r="H4" s="92"/>
-[...5 lines deleted...]
-      <c r="N4" s="90"/>
+      <c r="H4" s="70"/>
+      <c r="I4" s="70"/>
+      <c r="J4" s="66"/>
+      <c r="K4" s="66"/>
+      <c r="L4" s="66"/>
+      <c r="M4" s="66"/>
+      <c r="N4" s="66"/>
     </row>
     <row r="5" spans="1:14" s="3" customFormat="1" ht="13.8" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="91" t="s">
+      <c r="A5" s="69" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="105" t="s">
+      <c r="B5" s="107" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6"/>
-      <c r="D5" s="98"/>
-      <c r="E5" s="93" t="str">
+      <c r="D5" s="76"/>
+      <c r="E5" s="71" t="str">
         <f>"From "&amp;TEXT(MIN(A13:A24),"m/d/yy")&amp;" to "&amp;TEXT(MAX(A13:A24),"m/d/yy")</f>
         <v>From 11/1/24 to 11/1/24</v>
       </c>
-      <c r="F5" s="94"/>
+      <c r="F5" s="72"/>
       <c r="G5" s="6"/>
-      <c r="H5" s="92"/>
-[...5 lines deleted...]
-      <c r="N5" s="90"/>
+      <c r="H5" s="70"/>
+      <c r="I5" s="70"/>
+      <c r="J5" s="66"/>
+      <c r="K5" s="66"/>
+      <c r="L5" s="66"/>
+      <c r="M5" s="66"/>
+      <c r="N5" s="66"/>
     </row>
     <row r="6" spans="1:14" s="3" customFormat="1" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="91"/>
-      <c r="B6" s="106"/>
+      <c r="A6" s="69"/>
+      <c r="B6" s="108"/>
       <c r="C6" s="50"/>
-      <c r="D6" s="98" t="s">
+      <c r="D6" s="76" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="46"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="37"/>
       <c r="K6" s="37"/>
       <c r="L6" s="37"/>
       <c r="M6" s="37"/>
       <c r="N6" s="9"/>
     </row>
     <row r="7" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
-      <c r="A7" s="91"/>
-      <c r="B7" s="107"/>
+      <c r="A7" s="69"/>
+      <c r="B7" s="109"/>
       <c r="C7" s="6"/>
-      <c r="D7" s="99"/>
+      <c r="D7" s="77"/>
       <c r="E7" s="52">
         <f>N25</f>
         <v>377</v>
       </c>
       <c r="F7" s="47"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="38"/>
       <c r="K7" s="38"/>
       <c r="L7" s="38"/>
       <c r="M7" s="38"/>
       <c r="N7" s="9"/>
     </row>
     <row r="8" spans="1:14" s="3" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="49" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
-      <c r="H8" s="101" t="s">
+      <c r="H8" s="79" t="s">
         <v>28</v>
       </c>
-      <c r="I8" s="101"/>
-      <c r="J8" s="100" t="s">
+      <c r="I8" s="79"/>
+      <c r="J8" s="78" t="s">
         <v>27</v>
       </c>
-      <c r="K8" s="100"/>
-[...1 lines deleted...]
-      <c r="M8" s="100"/>
+      <c r="K8" s="78"/>
+      <c r="L8" s="78"/>
+      <c r="M8" s="78"/>
       <c r="N8" s="9"/>
     </row>
     <row r="9" spans="1:14" s="3" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A9" s="10"/>
       <c r="B9" s="55"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="39"/>
       <c r="K9" s="39"/>
       <c r="L9" s="39"/>
       <c r="M9" s="39"/>
       <c r="N9" s="9"/>
     </row>
     <row r="10" spans="1:14" s="3" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="10"/>
       <c r="B10" s="55"/>
       <c r="C10" s="2"/>
       <c r="N10" s="4"/>
     </row>
     <row r="11" spans="1:14" ht="19.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="81" t="s">
+      <c r="A11" s="84" t="s">
         <v>22</v>
       </c>
-      <c r="B11" s="70" t="s">
+      <c r="B11" s="67" t="s">
         <v>6</v>
       </c>
-      <c r="C11" s="70" t="s">
+      <c r="C11" s="67" t="s">
         <v>46</v>
       </c>
-      <c r="D11" s="102" t="s">
+      <c r="D11" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="E11" s="103"/>
+      <c r="E11" s="81"/>
       <c r="F11" s="34" t="s">
         <v>42</v>
       </c>
-      <c r="G11" s="102" t="s">
+      <c r="G11" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="103"/>
-      <c r="I11" s="70" t="s">
+      <c r="H11" s="81"/>
+      <c r="I11" s="67" t="s">
         <v>23</v>
       </c>
-      <c r="J11" s="70" t="s">
+      <c r="J11" s="67" t="s">
         <v>24</v>
       </c>
-      <c r="K11" s="72" t="s">
+      <c r="K11" s="86" t="s">
         <v>8</v>
       </c>
-      <c r="L11" s="70" t="s">
+      <c r="L11" s="67" t="s">
         <v>25</v>
       </c>
-      <c r="M11" s="70" t="s">
+      <c r="M11" s="67" t="s">
         <v>9</v>
       </c>
-      <c r="N11" s="74" t="s">
+      <c r="N11" s="88" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:14" s="1" customFormat="1" ht="22.2" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="82"/>
-[...1 lines deleted...]
-      <c r="C12" s="71"/>
+      <c r="A12" s="85"/>
+      <c r="B12" s="68"/>
+      <c r="C12" s="68"/>
       <c r="D12" s="35" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="35" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="35" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="36" t="s">
         <v>11</v>
       </c>
       <c r="H12" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="I12" s="71"/>
-[...4 lines deleted...]
-      <c r="N12" s="75"/>
+      <c r="I12" s="68"/>
+      <c r="J12" s="68"/>
+      <c r="K12" s="87"/>
+      <c r="L12" s="68"/>
+      <c r="M12" s="68"/>
+      <c r="N12" s="89"/>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="11">
         <v>45597</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13">
         <v>0</v>
       </c>
       <c r="D13" s="13">
         <v>0</v>
       </c>
       <c r="E13" s="13">
         <v>0</v>
       </c>
       <c r="F13" s="13">
         <v>0</v>
       </c>
       <c r="G13" s="13">
         <v>0</v>
       </c>
       <c r="H13" s="13">
         <v>47</v>
@@ -3467,276 +3522,276 @@
         <v>1</v>
       </c>
       <c r="L24" s="17">
         <v>0</v>
       </c>
       <c r="M24" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N24" s="23">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:14" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="24"/>
       <c r="B25" s="25"/>
       <c r="C25" s="26"/>
       <c r="D25" s="26"/>
       <c r="E25" s="26"/>
       <c r="F25" s="26"/>
       <c r="G25" s="26"/>
       <c r="H25" s="26"/>
       <c r="I25" s="26"/>
       <c r="J25" s="26"/>
-      <c r="K25" s="76" t="s">
+      <c r="K25" s="82" t="s">
         <v>14</v>
       </c>
-      <c r="L25" s="76"/>
-      <c r="M25" s="76"/>
+      <c r="L25" s="82"/>
+      <c r="M25" s="82"/>
       <c r="N25" s="27">
         <f>SUM(N13:N24)</f>
         <v>377</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A26" s="77"/>
-[...12 lines deleted...]
-      <c r="N26" s="77"/>
+      <c r="A26" s="83"/>
+      <c r="B26" s="83"/>
+      <c r="C26" s="83"/>
+      <c r="D26" s="83"/>
+      <c r="E26" s="83"/>
+      <c r="F26" s="83"/>
+      <c r="G26" s="83"/>
+      <c r="H26" s="83"/>
+      <c r="I26" s="83"/>
+      <c r="J26" s="83"/>
+      <c r="K26" s="83"/>
+      <c r="L26" s="83"/>
+      <c r="M26" s="83"/>
+      <c r="N26" s="83"/>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A27" s="78" t="s">
+      <c r="A27" s="96" t="s">
         <v>15</v>
       </c>
-      <c r="B27" s="79"/>
-[...11 lines deleted...]
-      <c r="N27" s="80"/>
+      <c r="B27" s="97"/>
+      <c r="C27" s="97"/>
+      <c r="D27" s="97"/>
+      <c r="E27" s="97"/>
+      <c r="F27" s="97"/>
+      <c r="G27" s="97"/>
+      <c r="H27" s="97"/>
+      <c r="I27" s="97"/>
+      <c r="J27" s="97"/>
+      <c r="K27" s="97"/>
+      <c r="L27" s="97"/>
+      <c r="M27" s="97"/>
+      <c r="N27" s="98"/>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="83" t="s">
+      <c r="A28" s="90" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="84"/>
-[...11 lines deleted...]
-      <c r="N28" s="85"/>
+      <c r="B28" s="91"/>
+      <c r="C28" s="91"/>
+      <c r="D28" s="91"/>
+      <c r="E28" s="91"/>
+      <c r="F28" s="91"/>
+      <c r="G28" s="91"/>
+      <c r="H28" s="91"/>
+      <c r="I28" s="91"/>
+      <c r="J28" s="91"/>
+      <c r="K28" s="91"/>
+      <c r="L28" s="91"/>
+      <c r="M28" s="91"/>
+      <c r="N28" s="92"/>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A29" s="65" t="s">
+      <c r="A29" s="93" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="66"/>
-[...11 lines deleted...]
-      <c r="N29" s="67"/>
+      <c r="B29" s="105"/>
+      <c r="C29" s="105"/>
+      <c r="D29" s="105"/>
+      <c r="E29" s="105"/>
+      <c r="F29" s="105"/>
+      <c r="G29" s="105"/>
+      <c r="H29" s="105"/>
+      <c r="I29" s="105"/>
+      <c r="J29" s="105"/>
+      <c r="K29" s="105"/>
+      <c r="L29" s="105"/>
+      <c r="M29" s="105"/>
+      <c r="N29" s="106"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A30" s="65" t="s">
+      <c r="A30" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="B30" s="66"/>
-[...11 lines deleted...]
-      <c r="N30" s="67"/>
+      <c r="B30" s="105"/>
+      <c r="C30" s="105"/>
+      <c r="D30" s="105"/>
+      <c r="E30" s="105"/>
+      <c r="F30" s="105"/>
+      <c r="G30" s="105"/>
+      <c r="H30" s="105"/>
+      <c r="I30" s="105"/>
+      <c r="J30" s="105"/>
+      <c r="K30" s="105"/>
+      <c r="L30" s="105"/>
+      <c r="M30" s="105"/>
+      <c r="N30" s="106"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A31" s="65" t="s">
+      <c r="A31" s="93" t="s">
         <v>16</v>
       </c>
-      <c r="B31" s="66"/>
-[...6 lines deleted...]
-      <c r="I31" s="68" t="s">
+      <c r="B31" s="105"/>
+      <c r="C31" s="105"/>
+      <c r="D31" s="105"/>
+      <c r="E31" s="105"/>
+      <c r="F31" s="105"/>
+      <c r="G31" s="105"/>
+      <c r="H31" s="105"/>
+      <c r="I31" s="103" t="s">
         <v>17</v>
       </c>
-      <c r="J31" s="68"/>
-[...3 lines deleted...]
-      <c r="N31" s="69"/>
+      <c r="J31" s="103"/>
+      <c r="K31" s="103"/>
+      <c r="L31" s="103"/>
+      <c r="M31" s="103"/>
+      <c r="N31" s="104"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A32" s="65" t="s">
+      <c r="A32" s="93" t="s">
         <v>18</v>
       </c>
-      <c r="B32" s="66"/>
-[...11 lines deleted...]
-      <c r="N32" s="67"/>
+      <c r="B32" s="105"/>
+      <c r="C32" s="105"/>
+      <c r="D32" s="105"/>
+      <c r="E32" s="105"/>
+      <c r="F32" s="105"/>
+      <c r="G32" s="105"/>
+      <c r="H32" s="105"/>
+      <c r="I32" s="105"/>
+      <c r="J32" s="105"/>
+      <c r="K32" s="105"/>
+      <c r="L32" s="105"/>
+      <c r="M32" s="105"/>
+      <c r="N32" s="106"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A33" s="65" t="s">
+      <c r="A33" s="93" t="s">
         <v>30</v>
       </c>
-      <c r="B33" s="66"/>
-[...11 lines deleted...]
-      <c r="N33" s="67"/>
+      <c r="B33" s="105"/>
+      <c r="C33" s="105"/>
+      <c r="D33" s="105"/>
+      <c r="E33" s="105"/>
+      <c r="F33" s="105"/>
+      <c r="G33" s="105"/>
+      <c r="H33" s="105"/>
+      <c r="I33" s="105"/>
+      <c r="J33" s="105"/>
+      <c r="K33" s="105"/>
+      <c r="L33" s="105"/>
+      <c r="M33" s="105"/>
+      <c r="N33" s="106"/>
     </row>
     <row r="34" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="61" t="s">
+      <c r="A34" s="99" t="s">
         <v>50</v>
       </c>
-      <c r="B34" s="62"/>
-[...11 lines deleted...]
-      <c r="N34" s="63"/>
+      <c r="B34" s="100"/>
+      <c r="C34" s="100"/>
+      <c r="D34" s="100"/>
+      <c r="E34" s="100"/>
+      <c r="F34" s="100"/>
+      <c r="G34" s="100"/>
+      <c r="H34" s="100"/>
+      <c r="I34" s="100"/>
+      <c r="J34" s="100"/>
+      <c r="K34" s="100"/>
+      <c r="L34" s="100"/>
+      <c r="M34" s="100"/>
+      <c r="N34" s="101"/>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A35" s="41"/>
       <c r="B35" s="41"/>
       <c r="C35" s="41"/>
       <c r="D35" s="41"/>
       <c r="E35" s="41"/>
       <c r="F35" s="41"/>
       <c r="G35" s="41"/>
       <c r="H35" s="41"/>
       <c r="I35" s="41"/>
       <c r="J35" s="41"/>
       <c r="K35" s="41"/>
       <c r="L35" s="41"/>
       <c r="M35" s="41"/>
       <c r="N35" s="41"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A36" s="29"/>
       <c r="B36" s="41"/>
       <c r="C36" s="28"/>
       <c r="D36" s="28"/>
       <c r="E36" s="28"/>
       <c r="F36" s="28"/>
       <c r="G36" s="28"/>
       <c r="H36" s="28"/>
       <c r="I36" s="28"/>
       <c r="J36" s="30"/>
       <c r="K36" s="31"/>
       <c r="L36" s="28"/>
       <c r="M36" s="28"/>
       <c r="N36" s="28"/>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A37" s="64"/>
-[...3 lines deleted...]
-      <c r="E37" s="64"/>
+      <c r="A37" s="102"/>
+      <c r="B37" s="102"/>
+      <c r="C37" s="102"/>
+      <c r="D37" s="102"/>
+      <c r="E37" s="102"/>
       <c r="F37" s="32"/>
       <c r="G37" s="32"/>
       <c r="H37" s="32"/>
       <c r="I37" s="32"/>
       <c r="J37" s="32"/>
       <c r="K37" s="32"/>
       <c r="L37" s="32"/>
       <c r="M37" s="32"/>
       <c r="N37" s="32"/>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A38" s="64"/>
-[...3 lines deleted...]
-      <c r="E38" s="64"/>
+      <c r="A38" s="102"/>
+      <c r="B38" s="102"/>
+      <c r="C38" s="102"/>
+      <c r="D38" s="102"/>
+      <c r="E38" s="102"/>
       <c r="F38" s="32"/>
       <c r="G38" s="32"/>
       <c r="H38" s="32"/>
       <c r="I38" s="32"/>
       <c r="J38" s="32"/>
       <c r="K38" s="32"/>
       <c r="L38" s="32"/>
       <c r="M38" s="32"/>
       <c r="N38" s="32"/>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A39" s="32"/>
       <c r="B39" s="56"/>
       <c r="C39" s="32"/>
       <c r="D39" s="32"/>
       <c r="E39" s="32"/>
       <c r="F39" s="32"/>
       <c r="G39" s="32"/>
       <c r="H39" s="32"/>
       <c r="I39" s="32"/>
       <c r="J39" s="32"/>
       <c r="K39" s="32"/>
       <c r="L39" s="32"/>
       <c r="M39" s="32"/>
       <c r="N39" s="32"/>
@@ -3769,132 +3824,132 @@
       <c r="I41" s="43"/>
       <c r="J41" s="43"/>
       <c r="K41" s="43"/>
       <c r="L41" s="43"/>
       <c r="M41" s="43"/>
       <c r="N41" s="43"/>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A42" s="44"/>
       <c r="B42" s="41"/>
       <c r="C42" s="28"/>
       <c r="D42" s="28"/>
       <c r="E42" s="28"/>
       <c r="F42" s="28"/>
       <c r="G42" s="28"/>
       <c r="H42" s="28"/>
       <c r="I42" s="28"/>
       <c r="J42" s="28"/>
       <c r="K42" s="28"/>
       <c r="L42" s="28"/>
       <c r="M42" s="28"/>
       <c r="N42" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="36">
-    <mergeCell ref="A32:N32"/>
-[...8 lines deleted...]
-    <mergeCell ref="I31:N31"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="H2:I2"/>
+    <mergeCell ref="J2:N2"/>
+    <mergeCell ref="H3:I5"/>
+    <mergeCell ref="J3:N5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="B5:B7"/>
+    <mergeCell ref="E5:F5"/>
     <mergeCell ref="A26:N26"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="A11:A12"/>
     <mergeCell ref="B11:B12"/>
     <mergeCell ref="C11:C12"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:I12"/>
     <mergeCell ref="J11:J12"/>
     <mergeCell ref="K11:K12"/>
     <mergeCell ref="L11:L12"/>
     <mergeCell ref="M11:M12"/>
     <mergeCell ref="N11:N12"/>
     <mergeCell ref="K25:M25"/>
-    <mergeCell ref="A1:N1"/>
-[...8 lines deleted...]
-    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A33:N33"/>
+    <mergeCell ref="A34:N34"/>
+    <mergeCell ref="A37:E38"/>
+    <mergeCell ref="A27:N27"/>
+    <mergeCell ref="A28:N28"/>
+    <mergeCell ref="A29:N29"/>
+    <mergeCell ref="A30:N30"/>
+    <mergeCell ref="A31:H31"/>
+    <mergeCell ref="I31:N31"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Select Currency" prompt="Please enter the original currency used to pay the epense.  Then enter the average exchange rate on the day the expense was incurred in column M." sqref="J13:J24" xr:uid="{5712A78A-8A1C-4D9C-821F-BA13B43FD1A8}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="I31" r:id="rId1" xr:uid="{BA72B39E-3A6F-4D75-9B32-C27722668952}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="9eae938e-c604-4a55-be59-6a86fe053ec9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="956eee15-033b-4465-8951-e37755ee4057">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010051D9370119E1D54DAD92956D5D269BC7" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="13d1144e095a89353d307ad22c7df0f1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="956eee15-033b-4465-8951-e37755ee4057" xmlns:ns3="9eae938e-c604-4a55-be59-6a86fe053ec9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e4a3a2aaf5889f3ba3677d2de5cc8e3c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010051D9370119E1D54DAD92956D5D269BC7" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="375ca435816ce9ca32c49243bf408637">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="956eee15-033b-4465-8951-e37755ee4057" xmlns:ns3="9eae938e-c604-4a55-be59-6a86fe053ec9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0170291881aa216ecec41744de8ea654" ns2:_="" ns3:_="">
     <xsd:import namespace="956eee15-033b-4465-8951-e37755ee4057"/>
     <xsd:import namespace="9eae938e-c604-4a55-be59-6a86fe053ec9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4092,85 +4147,70 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A28D5CDE-E326-4E68-A39E-198F2465AD25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5896EB5E-2637-47D2-8D8D-25BC572103A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="9eae938e-c604-4a55-be59-6a86fe053ec9"/>
     <ds:schemaRef ds:uri="956eee15-033b-4465-8951-e37755ee4057"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69CDF2D5-7D4A-4AE5-91E9-EA1FEE328D05}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{507C93D7-91B7-4D7E-80DD-68F0A7FD2256}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Chapter Expense Report</vt:lpstr>
       <vt:lpstr>Chapter Expense Report (Sample)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Halt, Buzas &amp; Powell, LTD</Company>
@@ -4179,32 +4219,32 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mary Taylor</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010055A6E438E9724B438CFC7532B405F4C4</vt:lpwstr>
+    <vt:lpwstr>0x01010051D9370119E1D54DAD92956D5D269BC7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>